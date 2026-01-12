--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/media/image_rId7_document.png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="11237" w:type="dxa"/>
         <w:tblInd w:w="-1139" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3833"/>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="3582"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B3109" w:rsidRPr="00296B22" w14:paraId="63955231" w14:textId="77777777" w:rsidTr="0003477C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5676" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E048159" w14:textId="77777777" w:rsidR="009B3109" w:rsidRPr="00296B22" w:rsidRDefault="00EC64EC" w:rsidP="00B34E55">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1392"/>
@@ -290,380 +290,355 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A90DEE6" w14:textId="77777777" w:rsidR="00345A3E" w:rsidRPr="00296B22" w:rsidRDefault="00345A3E" w:rsidP="00345A3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Материалы: металл, сосна.</w:t>
+              <w:t>Материалы: металл.</w:t>
               <w:br/>
               <w:t>Комплектация: каркас – 1 шт., боковые панели – 1 компл., крыша – 1 компл., комплект крепежа – 1 шт.</w:t>
               <w:br/>
               <w:t>Контейнерная площадка представляет собой трехсекционное сооружение для размещения контейнеров, обеспечивающее защиту от дождя и других атмосферных воздействий. Каркас изготовлен из сварных стенок и перемычек профильной трубы сечением 40х40 мм и 40х20 мм с толщиной стенки 2 мм, а также фланцев и пластин. Все металлические элементы проходят дробеструйную обработку, зачистку, обезжиривание и окрашены порошковой краской. Профлист С20 с полимерным покрытием используется для отделки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DE01A00" w14:textId="77777777" w:rsidR="007637A9" w:rsidRDefault="007637A9">
-[...29 lines deleted...]
-    <w:p w14:paraId="2808021B" w14:textId="0A070DD3" w:rsidR="0039799F" w:rsidRPr="004C332E" w:rsidRDefault="0039799F" w:rsidP="0039799F">
+    <w:p w14:paraId="7A402BC9" w14:textId="45DFC72E" w:rsidR="0039799F" w:rsidRPr="00221C6B" w:rsidRDefault="00221C6B" w:rsidP="005A109E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C332E">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00204656">
+      <w:r w:rsidRPr="00343632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00221C6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004C332E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039799F" w:rsidRPr="004C332E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00BE745D" w:rsidRPr="00343632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00204656">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007637A9" w:rsidRPr="00204656">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00BE745D" w:rsidRPr="00343632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039799F" w:rsidRPr="004C332E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="006B1DB8" w:rsidRPr="00343632">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039799F" w:rsidRPr="00204656">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00343632" w:rsidRPr="00343632">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009B3109" w:rsidRPr="00204656" w:rsidSect="009B3109">
+    <w:sectPr w:rsidR="009B3109" w:rsidRPr="00B30D68" w:rsidSect="009B3109">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360195"/>
     <w:rsid w:val="00022C9F"/>
     <w:rsid w:val="0003477C"/>
     <w:rsid w:val="0004673E"/>
     <w:rsid w:val="00070CBC"/>
     <w:rsid w:val="000936AD"/>
     <w:rsid w:val="000D3D27"/>
     <w:rsid w:val="00116D7C"/>
     <w:rsid w:val="00135311"/>
     <w:rsid w:val="001F2941"/>
     <w:rsid w:val="001F4E10"/>
     <w:rsid w:val="001F6FAC"/>
     <w:rsid w:val="00204656"/>
+    <w:rsid w:val="00221C6B"/>
     <w:rsid w:val="0028664D"/>
     <w:rsid w:val="00296B22"/>
     <w:rsid w:val="002C1238"/>
     <w:rsid w:val="0031570F"/>
+    <w:rsid w:val="00343632"/>
     <w:rsid w:val="00345A3E"/>
     <w:rsid w:val="00360195"/>
     <w:rsid w:val="00367D68"/>
     <w:rsid w:val="00384158"/>
     <w:rsid w:val="0039799F"/>
     <w:rsid w:val="003A3132"/>
     <w:rsid w:val="003E071C"/>
     <w:rsid w:val="00446578"/>
     <w:rsid w:val="00473111"/>
     <w:rsid w:val="004961DF"/>
     <w:rsid w:val="004C332E"/>
     <w:rsid w:val="0051366B"/>
     <w:rsid w:val="005138E3"/>
+    <w:rsid w:val="005A109E"/>
     <w:rsid w:val="005A274A"/>
     <w:rsid w:val="005B5DB3"/>
     <w:rsid w:val="0062322D"/>
     <w:rsid w:val="0063692A"/>
+    <w:rsid w:val="006424FE"/>
     <w:rsid w:val="00687CE6"/>
     <w:rsid w:val="006A387C"/>
+    <w:rsid w:val="006B1DB8"/>
     <w:rsid w:val="006D4603"/>
     <w:rsid w:val="006D4A17"/>
     <w:rsid w:val="006F1ECF"/>
     <w:rsid w:val="006F28EC"/>
     <w:rsid w:val="007150FE"/>
     <w:rsid w:val="007264C4"/>
     <w:rsid w:val="007637A9"/>
     <w:rsid w:val="00772F94"/>
     <w:rsid w:val="00793C77"/>
     <w:rsid w:val="007B144A"/>
     <w:rsid w:val="007F073B"/>
     <w:rsid w:val="008172A7"/>
     <w:rsid w:val="00817E4F"/>
     <w:rsid w:val="00856521"/>
     <w:rsid w:val="0088092F"/>
     <w:rsid w:val="00883655"/>
     <w:rsid w:val="00933D89"/>
     <w:rsid w:val="009B3109"/>
     <w:rsid w:val="009B3B73"/>
     <w:rsid w:val="009E5331"/>
     <w:rsid w:val="00A32BF5"/>
     <w:rsid w:val="00A505A8"/>
     <w:rsid w:val="00A65092"/>
     <w:rsid w:val="00AB65A4"/>
     <w:rsid w:val="00AD5EA6"/>
     <w:rsid w:val="00B21C36"/>
+    <w:rsid w:val="00B30D68"/>
     <w:rsid w:val="00B34E55"/>
     <w:rsid w:val="00B63EC3"/>
     <w:rsid w:val="00B76B4B"/>
     <w:rsid w:val="00B82556"/>
     <w:rsid w:val="00B8438C"/>
     <w:rsid w:val="00B86C99"/>
     <w:rsid w:val="00B914EC"/>
     <w:rsid w:val="00BA1190"/>
+    <w:rsid w:val="00BE745D"/>
     <w:rsid w:val="00BE7AB8"/>
     <w:rsid w:val="00C04B27"/>
     <w:rsid w:val="00C4026E"/>
+    <w:rsid w:val="00C40D5B"/>
     <w:rsid w:val="00D631FC"/>
     <w:rsid w:val="00D909A8"/>
     <w:rsid w:val="00DB3034"/>
     <w:rsid w:val="00DD19EB"/>
     <w:rsid w:val="00E3721E"/>
     <w:rsid w:val="00E71D6B"/>
     <w:rsid w:val="00E737D8"/>
+    <w:rsid w:val="00EB1E19"/>
     <w:rsid w:val="00EB68E4"/>
     <w:rsid w:val="00EB6A3A"/>
     <w:rsid w:val="00EC64EC"/>
     <w:rsid w:val="00EE690A"/>
     <w:rsid w:val="00F35164"/>
+    <w:rsid w:val="00F46259"/>
     <w:rsid w:val="00F70454"/>
     <w:rsid w:val="00F93D05"/>
     <w:rsid w:val="00F948AC"/>
     <w:rsid w:val="00FA1063"/>
+    <w:rsid w:val="00FC0CE9"/>
     <w:rsid w:val="00FD156C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0A989B63"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F75F7559-D878-446A-BCBD-2DD58EB24115}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1021,51 +996,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0039799F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -1098,51 +1072,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0039799F"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="56638455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380060739">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1654,70 +1628,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA463F19-9086-408D-AEE9-7A5DCC83C679}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>169</Characters>
+  <Pages>1</Pages>
+  <Words>32</Words>
+  <Characters>189</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>197</CharactersWithSpaces>
+  <CharactersWithSpaces>220</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Алина Севастьянова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>