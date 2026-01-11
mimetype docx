--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -221,51 +221,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3582" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74B3F6F3" w14:textId="77777777" w:rsidR="002C1238" w:rsidRPr="00296B22" w:rsidRDefault="002C1238" w:rsidP="002C1238">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>430</w:t>
+              <w:t>431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00345A3E" w:rsidRPr="00296B22" w14:paraId="12B4BBAF" w14:textId="77777777" w:rsidTr="006F28EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="55AE16FD" w14:textId="77777777" w:rsidR="00345A3E" w:rsidRPr="00296B22" w:rsidRDefault="002C1238" w:rsidP="00345A3E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>