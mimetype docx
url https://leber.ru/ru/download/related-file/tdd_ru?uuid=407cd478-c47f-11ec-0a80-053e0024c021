--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -292,57 +292,55 @@
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A90DEE6" w14:textId="77777777" w:rsidR="00345A3E" w:rsidRPr="00296B22" w:rsidRDefault="00345A3E" w:rsidP="00345A3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Материалы: нержавеющая сталь, прессованная резина.</w:t>
               <w:br/>
+              <w:t>Комплектация: глюкофон с палочками в сборе – 1 шт.</w:t>
+              <w:br/>
               <w:t>Игровой элемент выполнен в виде музыкального инструмента «Глюкофон». Глюкофон представляет собой перкуссионный инструмент, который состоит из двух металлических полусфер, изготовленных из нержавеющей стали с толщиной стенки 2 мм. В нижней полусфере располагается резонаторное отверстие, а на верхней полусфере по кругу вырезаны лепестки разного размера, при ударе по которым они издают звуки различной тональности. Опорные стойки выполнены из нержавеющей трубы диаметром 42 мм.</w:t>
               <w:br/>
               <w:t>Ударные часть металлических палочек выполнена из резины. Крепление металлических палочек к корпусу глюкофона осуществляется при помощи стальных тросов.</w:t>
-              <w:br/>
-[...2 lines deleted...]
-              <w:t>Комплектация: глюкофон с палочками в сборе – 1 шт.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A402BC9" w14:textId="45DFC72E" w:rsidR="0039799F" w:rsidRPr="00221C6B" w:rsidRDefault="00221C6B" w:rsidP="005A109E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t/>