--- v0 (2025-11-07)
+++ v1 (2026-01-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/media/image_rId7_document.jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/word/media/image_rId7_document.png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="11237" w:type="dxa"/>
         <w:tblInd w:w="-1139" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3833"/>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="3582"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B3109" w:rsidRPr="00296B22" w14:paraId="63955231" w14:textId="77777777" w:rsidTr="0003477C">
         <w:tc>
@@ -102,51 +102,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="727EFDA9" w14:textId="77777777" w:rsidR="009B3109" w:rsidRPr="00296B22" w:rsidRDefault="00EC64EC" w:rsidP="005138E3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t/>
               <w:pict>
-                <v:shape type="#_x0000_t75" style="width:600px;height:450px" stroked="f" filled="f">
+                <v:shape type="#_x0000_t75" style="width:675px;height:450px" stroked="f" filled="f">
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
               <w:t/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CD630C3" w14:textId="77777777" w:rsidR="009B3109" w:rsidRPr="00296B22" w:rsidRDefault="009B3109" w:rsidP="005138E3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C1238" w:rsidRPr="00296B22" w14:paraId="3715AD82" w14:textId="77777777" w:rsidTr="001F6FAC">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
@@ -1310,51 +1310,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="592859625">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image_rId7_document.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image_rId7_document.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>