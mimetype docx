--- v0 (2025-11-07)
+++ v1 (2026-01-12)
@@ -171,101 +171,101 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3833" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78FBDC70" w14:textId="77777777" w:rsidR="002C1238" w:rsidRPr="00296B22" w:rsidRDefault="002C1238" w:rsidP="002C1238">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>650x1450x500</w:t>
+              <w:t>650x1450x550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="7144BA82" w14:textId="77777777" w:rsidR="002C1238" w:rsidRPr="00296B22" w:rsidRDefault="002C1238" w:rsidP="002C1238">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Вес, кг:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3582" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74B3F6F3" w14:textId="77777777" w:rsidR="002C1238" w:rsidRPr="00296B22" w:rsidRDefault="002C1238" w:rsidP="002C1238">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>0.665</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00345A3E" w:rsidRPr="00296B22" w14:paraId="12B4BBAF" w14:textId="77777777" w:rsidTr="006F28EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="55AE16FD" w14:textId="77777777" w:rsidR="00345A3E" w:rsidRPr="00296B22" w:rsidRDefault="002C1238" w:rsidP="00345A3E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -290,57 +290,85 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A90DEE6" w14:textId="77777777" w:rsidR="00345A3E" w:rsidRPr="00296B22" w:rsidRDefault="00345A3E" w:rsidP="00345A3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Материалы: лиственница, пластик HPL, нержавеющий крепеж.</w:t>
+              <w:t>Материалы:</w:t>
               <w:br/>
-              <w:t>Стойки выполнены из бруса сечением 80х80 мм. Столешница из доски лиственницы толщиной 28 мм. Декоративные элементы из панелей HPL толщиной 12 мм.</w:t>
+              <w:t>брус хвойных пород лиственница;</w:t>
               <w:br/>
-              <w:t>Крепежные уголки выполнены из горячеоцинкованной стали.</w:t>
+              <w:t>строганые доски лиственница;</w:t>
               <w:br/>
-              <w:t>Все видимые метизы (саморезы, болты и пр) выполнены из нержавеющей стали</w:t>
+              <w:t>металл;</w:t>
+              <w:br/>
+              <w:t>нержавеющая сталь;</w:t>
+              <w:br/>
+              <w:t>HPL пластик;</w:t>
+              <w:br/>
+              <w:t>нержавеющий крепеж.</w:t>
+              <w:br/>
+              <w:t/>
+              <w:br/>
+              <w:t>Комплектация:</w:t>
+              <w:br/>
+              <w:t>столешница с отверстием – 1 шт.;</w:t>
+              <w:br/>
+              <w:t>декоративные элементы (конфорки плиты) – 1 копмл.;</w:t>
+              <w:br/>
+              <w:t>комплект крепежа (уголки, метизы) – 1 компл.</w:t>
+              <w:br/>
+              <w:t/>
+              <w:br/>
+              <w:t>Оборудование выполнено в виде столика на стойках. Опорные стойки выполнены из цельного бруса лиственницы сечением 80х80 мм. Профиль квадратный. Материал стоек допускает прямой контакт с грунтом. </w:t>
+              <w:br/>
+              <w:t/>
+              <w:br/>
+              <w:t>Основной игровой элемент – столешница с отверстием, изготовлена из доски лиственницы толщиной 28 мм. Декоративные элементы, имитирующие конфорки плиты, выполнены из двустороннего HPL пластика.</w:t>
+              <w:br/>
+              <w:t/>
+              <w:br/>
+              <w:t>В конструкции используется крепеж из нержавеющей стали. Силовые крепежные уголки выполнены из горячеоцинкованной стали.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A402BC9" w14:textId="45DFC72E" w:rsidR="0039799F" w:rsidRPr="00221C6B" w:rsidRDefault="00221C6B" w:rsidP="005A109E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t/>