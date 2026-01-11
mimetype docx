--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -292,67 +292,63 @@
           <w:tcPr>
             <w:tcW w:w="11237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A90DEE6" w14:textId="77777777" w:rsidR="00345A3E" w:rsidRPr="00296B22" w:rsidRDefault="00345A3E" w:rsidP="00345A3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296B22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Материалы: металл, порошковая краска, нержавеющая сталь.</w:t>
               <w:br/>
+              <w:t>Комплектация:</w:t>
+              <w:br/>
+              <w:t>Металлофон в сборе – 1 компл.</w:t>
+              <w:br/>
               <w:t>Центральная стойка металлофона выполнена из металлической трубы диаметром </w:t>
               <w:br/>
               <w:t>108 мм с дугами из металлической трубы диаметром 42,3 мм.</w:t>
               <w:br/>
               <w:t> Трубки, для извлечения звука (10 шт). выполнены из трубы из нержавеющей стали диаметром 57 мм. Минимальная длинна 275 мм – максимальная -500 мм. </w:t>
               <w:br/>
               <w:t> Трубки фиксируются на стальном тросе диаметром 5 мм.</w:t>
               <w:br/>
               <w:t>Все металлические элементы корпуса зачищены, обезжирены и покрыты порошковой полиэфирной краской.</w:t>
-              <w:br/>
-[...6 lines deleted...]
-              <w:t>Металлофон в сборе – 1 компл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A402BC9" w14:textId="45DFC72E" w:rsidR="0039799F" w:rsidRPr="00221C6B" w:rsidRDefault="00221C6B" w:rsidP="005A109E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t/>